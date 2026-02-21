--- v0 (2025-12-16)
+++ v1 (2026-02-21)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\khan_y\Downloads\Information Manual 2025-26\Key dates\1. 5th December\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\khan_y\Downloads\Information Manual 2025-26\Key dates\2. 21st Jan 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7EB709E-8AD4-4C6D-894E-ED5B48DE1122}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{086D92AB-60B2-4A9A-8E92-380CA3EFBAB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="9510" yWindow="0" windowWidth="9780" windowHeight="11370" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="UK Key Dates table" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'UK Key Dates table'!$A$1:$D$155</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -271,84 +271,78 @@
   <si>
     <t xml:space="preserve">Release of results to candidates </t>
   </si>
   <si>
     <t xml:space="preserve">BTEC Nationals, BTEC First, Tech Awards </t>
   </si>
   <si>
     <t>Cohort Declaration Deadline</t>
   </si>
   <si>
     <t>Cohort declaration deadline: your head of centre signs a declaration to confirm which learners are expecting a qualification result on Level 2 or Level 3 results days in August 2025.</t>
   </si>
   <si>
     <t>International GCSE, GCSE, AS/A level, PLSC, Mathematics in Context, Level 2 Extended Mathematics Certificate</t>
   </si>
   <si>
     <t>Computer Science 1CP2 – Programming Language Subset (PLS) available on our website</t>
   </si>
   <si>
     <t>Art and Design 9AD0/02 Externally set assignment released on our website</t>
   </si>
   <si>
     <t>Final date for Clerical checks, reviews of marking, reviews of moderation or other results enquiries (e.g. Missing and Incomplete Results) - GCSE English Language, Mathematics</t>
   </si>
   <si>
-    <t>AS/A level, GCSE, AEA, ELC(A), Mathematics in Context, Level 2 Extended Mathematics Certificate</t>
-[...1 lines deleted...]
-  <si>
     <t>Date by which certificates will be issued</t>
   </si>
   <si>
     <t>Physical Education 9PE0/03 – start of moderation window for centre visit and remote moderation. Centre marks must be submitted on Edexcel Online 15 days prior to the moderation day</t>
   </si>
   <si>
     <t>Physical Education 1PE0/03 – start of moderation window for centre visit and remote moderation. Centre marks must be submitted on Edexcel Online 15 days prior to the moderation day</t>
   </si>
   <si>
     <t>Mathematics in Context</t>
   </si>
   <si>
     <t>Source booklet for Paper 1 available to download from our website</t>
   </si>
   <si>
     <t>Release of results to candidates</t>
   </si>
   <si>
     <t xml:space="preserve">9DR0/02 – Centres must complete the submission of text choices at least six weeks before 9DR0/02 intended examination date </t>
   </si>
   <si>
     <t xml:space="preserve">1DR0/02 – Centres must complete the submission of text choices at least six weeks before 1DR0/02 intended examination date </t>
   </si>
   <si>
     <t>Biology A 9BN0/03 – pre-release material issued on our website</t>
   </si>
   <si>
     <t>International GCSE, GCSE, AS/A level, AEA, Edexcel Award, Mathematics in Context, Level 2 Extended Mathematics Certificate</t>
-  </si>
-[...1 lines deleted...]
-    <t>International GCSE, Edexcel Award, Project qualifications</t>
   </si>
   <si>
     <t>Chinese, French, German, Spanish, Swahili and English as a Second Language speaking tests can start from this date</t>
   </si>
   <si>
     <t>Entry deadline for re-entering learners who sat BTEC Nationals and BTEC First assessments in the January 2026 series</t>
   </si>
   <si>
     <t>Music 9MU0/02 Compositions Briefs Assessing Techniques released on our website</t>
   </si>
   <si>
     <t>Entry deadline for re-entering learners who sat BTEC First and BTEC Technicals  assessments in the February 2026 series</t>
   </si>
   <si>
     <t>Deadline to submit Observation Statement for GCSE Astronomy</t>
   </si>
   <si>
     <t>Chinese, French, German, Italian, Russian and Spanish speaking tests can start from this date</t>
   </si>
   <si>
     <t>Arabic, Chinese, French, German, Greek, Gujarati, Italian, Japanese, Persian, Portuguese, Russian, Spanish, Turkish and Urdu speaking tests can start from this date</t>
   </si>
   <si>
     <t>AS/A level, GCSE, International GCSE, AEA, ELC(A), Edexcel Award, Mathematics in Context, Level 2 Extended Mathematics Certificate, Project qualifications</t>
   </si>
@@ -447,50 +441,56 @@
     <t>BTEC learners must have overall award claims submitted on Edexcel Online in order to receive results on time</t>
   </si>
   <si>
     <t>BTEC Nationals (Including 2025 AAQ)</t>
   </si>
   <si>
     <t>AS/A level, AEA, Edexcel Award Level 3, Project level 3, Mathematics in Context</t>
   </si>
   <si>
     <t>GCSE, International GCSE, Edexcel Award Level 1 &amp; 2, ELC(A), Project Level 1 &amp; 2, Level 2 Extended Mathematics Certificate</t>
   </si>
   <si>
     <t>GCSE, International GCSE, Edexcel Award Level 1 &amp; 2, ELC(A), Project Level 1 &amp; 2, Level 2 Extended Mathematics Certificate, BTEC Tech Awards (from 2022)</t>
   </si>
   <si>
     <t>All General Qualifications</t>
   </si>
   <si>
     <t>Deadline to request early certification</t>
   </si>
   <si>
     <t>TBC</t>
   </si>
   <si>
     <t>BTEC Firsts, Edexcel Award</t>
+  </si>
+  <si>
+    <t>AS/A level, GCSE, Int GCSE,  AEA, ELC(A), Mathematics in Context, Level 2 Extended Mathematics Certificate</t>
+  </si>
+  <si>
+    <t>Edexcel Award &amp; Project qualifications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yy;@"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
@@ -1037,52 +1037,52 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B8" sqref="B8"/>
+      <pane ySplit="1" topLeftCell="A141" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B101" sqref="B101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.296875" defaultRowHeight="12.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="12" style="5" customWidth="1"/>
     <col min="2" max="2" width="25.69921875" style="6" customWidth="1"/>
     <col min="3" max="3" width="11.69921875" style="7" customWidth="1"/>
     <col min="4" max="4" width="62.796875" style="6" customWidth="1"/>
     <col min="5" max="16384" width="9.296875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="1" customFormat="1" ht="23" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="9" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2141,1113 +2141,1113 @@
         <v>14</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A78" s="28">
         <v>46067</v>
       </c>
       <c r="B78" s="13" t="s">
         <v>24</v>
       </c>
       <c r="C78" s="14" t="s">
         <v>25</v>
       </c>
       <c r="D78" s="13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:4" ht="46" x14ac:dyDescent="0.3">
       <c r="A79" s="25">
         <v>46074</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="C79" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A80" s="25">
         <v>46074</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C80" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="46" x14ac:dyDescent="0.3">
       <c r="A81" s="25">
         <v>46075</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="C81" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="82" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A82" s="25">
         <v>46075</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C82" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="83" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A83" s="25">
         <v>46081</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="84" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A84" s="25">
         <v>46082</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A85" s="25">
         <v>46082</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C85" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A86" s="25">
         <v>46083</v>
       </c>
       <c r="B86" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C86" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D86" s="3" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="87" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A87" s="25">
         <v>46085</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C87" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="88" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A88" s="25">
         <v>46086</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C88" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="89" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A89" s="25">
         <v>46087</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C89" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="90" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A90" s="25">
         <v>46094</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A91" s="25">
         <v>46099</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A92" s="25">
         <v>46099</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C92" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="93" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A93" s="25">
         <v>46099</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C93" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A94" s="25">
         <v>46100</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C94" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A95" s="25">
         <v>46100</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C95" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="96" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A96" s="25">
         <v>46101</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C96" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:4" ht="57.5" x14ac:dyDescent="0.3">
       <c r="A97" s="25">
         <v>46102</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C97" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="98" spans="1:4" ht="57.5" x14ac:dyDescent="0.3">
       <c r="A98" s="25">
         <v>46102</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C98" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="99" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A99" s="25">
         <v>46102</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>85</v>
+        <v>132</v>
       </c>
       <c r="C99" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A100" s="25">
         <v>46102</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C100" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="101" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A101" s="25">
         <v>46103</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>85</v>
+        <v>132</v>
       </c>
       <c r="C101" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="102" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A102" s="25">
         <v>46104</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="103" spans="1:4" ht="23" x14ac:dyDescent="0.25">
       <c r="A103" s="25">
         <v>46108</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C103" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D103" s="22" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="104" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A104" s="25">
         <v>46113</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A105" s="25">
         <v>46113</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C105" s="12" t="s">
         <v>25</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A106" s="25">
         <v>46114</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C106" s="12" t="s">
         <v>25</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="107" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A107" s="25">
         <v>46122</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C107" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="108" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A108" s="27">
         <v>46127</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C108" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D108" s="3" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A109" s="25">
         <v>46127</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C109" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="110" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A110" s="25">
         <v>46128</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="111" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A111" s="25">
         <v>46128</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C111" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="112" spans="1:4" ht="80.5" x14ac:dyDescent="0.3">
       <c r="A112" s="25">
         <v>46133</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C112" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="113" spans="1:4" ht="80.5" x14ac:dyDescent="0.3">
       <c r="A113" s="25">
         <v>46134</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C113" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="114" spans="1:4" ht="80.5" x14ac:dyDescent="0.3">
       <c r="A114" s="25">
         <v>46134</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C114" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="115" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A115" s="25">
         <v>46134</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C115" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="116" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A116" s="25">
         <v>46134</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C116" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A117" s="25">
         <v>46136</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A118" s="25">
         <v>46136</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C118" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
     </row>
     <row r="119" spans="1:4" ht="34.5" x14ac:dyDescent="0.25">
       <c r="A119" s="28">
         <v>46146</v>
       </c>
       <c r="B119" s="19" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C119" s="14"/>
       <c r="D119" s="21" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="120" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A120" s="25">
         <v>46147</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="121" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A121" s="25">
         <v>46147</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C121" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D121" s="24" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="122" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A122" s="25">
         <v>46157</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A123" s="25">
         <v>46157</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="124" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A124" s="25">
         <v>46157</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C124" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A125" s="25">
         <v>46157</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C125" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="126" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A126" s="25">
         <v>46157</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C126" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D126" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="127" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A127" s="25">
         <v>46157</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C127" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="128" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A128" s="25">
         <v>46157</v>
       </c>
       <c r="B128" s="18" t="s">
         <v>11</v>
       </c>
       <c r="C128" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D128" s="18" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="129" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A129" s="25">
         <v>46157</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C129" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="130" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A130" s="25">
         <v>46163</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C130" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="131" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A131" s="25">
         <v>46163</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C131" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="132" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A132" s="25">
         <v>46167</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A133" s="25">
         <v>46167</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="134" spans="1:4" ht="46" x14ac:dyDescent="0.3">
       <c r="A134" s="25">
         <v>46173</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C134" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="135" spans="1:4" ht="46" x14ac:dyDescent="0.3">
       <c r="A135" s="25">
         <v>46173</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C135" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="136" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A136" s="25">
         <v>46174</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="137" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A137" s="25">
         <v>46197</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C137" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="138" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A138" s="25">
         <v>46199</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C138" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="139" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A139" s="25">
         <v>46199</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C139" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D139" s="18" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="140" spans="1:4" ht="57.5" x14ac:dyDescent="0.3">
       <c r="A140" s="25">
         <v>46204</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C140" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="141" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A141" s="28">
         <v>46204</v>
       </c>
       <c r="B141" s="13" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C141" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D141" s="13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="142" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A142" s="28">
         <v>46204</v>
       </c>
       <c r="B142" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C142" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D142" s="13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="143" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A143" s="29">
         <v>46208</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C143" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="144" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A144" s="25">
         <v>46239</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C144" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="145" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A145" s="25">
         <v>46246</v>
       </c>
       <c r="B145" s="18" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C145" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D145" s="18" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="146" spans="1:4" ht="34.5" x14ac:dyDescent="0.3">
       <c r="A146" s="25">
         <v>46247</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C146" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="147" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A147" s="25">
         <v>46247</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C147" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D147" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A148" s="25">
         <v>46248</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C148" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="149" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A149" s="25">
         <v>46248</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C149" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="150" spans="1:4" ht="57.5" x14ac:dyDescent="0.3">
       <c r="A150" s="25">
         <v>46253</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C150" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="151" spans="1:4" ht="69" x14ac:dyDescent="0.3">
       <c r="A151" s="25">
         <v>46254</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C151" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D151" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A152" s="25">
         <v>46254</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C152" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="153" spans="1:4" ht="23" x14ac:dyDescent="0.3">
       <c r="A153" s="25">
         <v>46254</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C153" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A154" s="25">
         <v>46265</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C154" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D154" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A155" s="25" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C155" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatRows="0" insertColumns="0" insertRows="0"/>
   <autoFilter ref="A1:D155" xr:uid="{00000000-0001-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D155">
       <sortCondition ref="A1:A155"/>
     </sortState>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D155">
     <sortCondition ref="A1:A155"/>
   </sortState>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>